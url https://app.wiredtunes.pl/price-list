--- v0 (2026-01-23)
+++ v1 (2026-03-14)
@@ -12,440 +12,521 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
   <si>
     <t>Sku</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Available Stock</t>
   </si>
   <si>
     <t>Available Transit</t>
   </si>
   <si>
     <t>Transit Date</t>
   </si>
   <si>
     <t>Sale Price, PLN</t>
   </si>
   <si>
     <t>Auratone 5C Active Pair Black</t>
   </si>
   <si>
     <t>Auratone 5C Active Pair Wood Grain</t>
   </si>
   <si>
+    <t>Auratone 5C Active Single Black</t>
+  </si>
+  <si>
     <t>Auratone 5C Active Single Wood Grain</t>
   </si>
   <si>
     <t>Auratone 5C Passive Pair Black</t>
   </si>
   <si>
     <t>Auratone 5C Passive Pair Wood Grain</t>
   </si>
   <si>
     <t>Auratone A2-30 Amplifier</t>
   </si>
   <si>
+    <t>Crumar Seven</t>
+  </si>
+  <si>
+    <t>Crumar SEVENTEEN</t>
+  </si>
+  <si>
     <t>Elektron Analog Four MKII Black</t>
   </si>
   <si>
     <t>Elektron Analog Heat +FX</t>
   </si>
   <si>
     <t>Elektron Analog Rytm MKII Black</t>
   </si>
   <si>
+    <t>Elektron CA-1 Instrument Cable 1.5 m/4.9 ft</t>
+  </si>
+  <si>
+    <t>Elektron CA-3 Midi Adaptor</t>
+  </si>
+  <si>
     <t>ELEKTRON Digitakt II</t>
   </si>
   <si>
     <t>Elektron Digitone II</t>
   </si>
   <si>
     <t>Elektron ECC-5b Carry Sleeve</t>
   </si>
   <si>
     <t>Elektron Model:Cycles</t>
   </si>
   <si>
     <t>Elektron Model:Samples</t>
   </si>
   <si>
     <t>Elektron Octatrack MKII (Black)</t>
   </si>
   <si>
+    <t>Elektron OH-7 Overhub</t>
+  </si>
+  <si>
     <t>Elektron PL-2s Protective Lid (Digitakt. Digitone. Analog Heat)</t>
   </si>
   <si>
+    <t>Elektron PL-3 Protective Lid (Analog Four MKII. Analog Rytm MKII)</t>
+  </si>
+  <si>
     <t>Elektron PL-4 Protective Lid (Model:Samples.Cycles)</t>
   </si>
   <si>
     <t>Elektron PL-5 Protective-lid</t>
   </si>
   <si>
     <t>Elektron Syntakt</t>
   </si>
   <si>
     <t>Elektron Tonverk</t>
   </si>
   <si>
     <t>Elektron USB-1 USB Cable</t>
   </si>
   <si>
     <t>Engl E112SB EOL</t>
   </si>
   <si>
-    <t>ENGL E112VB Pro Cabinet 1x12“</t>
-[...1 lines deleted...]
-  <si>
     <t>ENGL E212VHB Pro Cabinet 2x12“ Horizontal</t>
   </si>
   <si>
-    <t>ENGL E600 Ironball Combo 1x12“ Celestion V30</t>
+    <t>ENGL E606 Ironball</t>
   </si>
   <si>
     <t>ENGL E606SE Ironball Special Edition</t>
   </si>
   <si>
-    <t>Engl E633 KT77 Fireball 25 LTD</t>
+    <t>ENGL E633 Fireball 25</t>
   </si>
   <si>
     <t>ENGL E658 Steve Morse Signature 20</t>
   </si>
   <si>
+    <t>ENGL E670FE-EL34</t>
+  </si>
+  <si>
     <t>ENGL E725 Ravager IR</t>
   </si>
   <si>
     <t>ENGL EP635 Fireball Pedal</t>
   </si>
   <si>
-    <t>Expressive E Osmose</t>
-[...4 lines deleted...]
-  <si>
     <t>Expressive E Osmose 61</t>
   </si>
   <si>
     <t>Expressive E Touche SE</t>
   </si>
   <si>
-    <t>Gamechanger Audio MOTOR PEDAL</t>
-[...1 lines deleted...]
-  <si>
     <t>Gamechanger Auto Delay Pedal</t>
   </si>
   <si>
     <t>Gamechanger Auto Reverb Pedal</t>
   </si>
   <si>
     <t>Gamechanger Light Pedal</t>
   </si>
   <si>
     <t>Gamechanger Plasma Coil Pedal</t>
   </si>
   <si>
-    <t>Groove Synthesis 3rd Wave 8M Desktop Module</t>
-[...1 lines deleted...]
-  <si>
     <t>Heritage Audio BABY RAM</t>
   </si>
   <si>
+    <t>Heritage Audio GRANDCHILD 670 500 COMPRESSOR LIMITER</t>
+  </si>
+  <si>
     <t>Heritage Audio HA-73EQX2 Elite</t>
   </si>
   <si>
     <t>Heritage Audio HAPSU-03</t>
   </si>
   <si>
     <t>Heritage Audio i73 PRO ONE</t>
   </si>
   <si>
+    <t>Heritage Audio OST-6 v2.0</t>
+  </si>
+  <si>
     <t>Heritage Audio SUCCESSOR</t>
   </si>
   <si>
     <t>Heritage Audio Synth Buddy</t>
   </si>
   <si>
     <t>Heritage Audio TUBESESSOR</t>
   </si>
   <si>
     <t>JoMoX Alpha Base MkII</t>
   </si>
   <si>
-    <t>30.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>JoMoX ModFM D Desktop Synth</t>
   </si>
   <si>
     <t>JoMoX MoonWind MkII</t>
   </si>
   <si>
     <t>Lynx Studio Aurora (n) 16 TB3</t>
   </si>
   <si>
+    <t>Lynx Studio Card AES16e</t>
+  </si>
+  <si>
+    <t>Lynx Studio E44</t>
+  </si>
+  <si>
     <t>Lynx Studio Hilo 2 USB Reference AD/DA Converter</t>
   </si>
   <si>
     <t>Lynx Studio Mesa TB3 Desktop Converter/Interface</t>
   </si>
   <si>
     <t>Mojave Audio MA-50BK</t>
   </si>
   <si>
     <t>Mojave Audio MA-D</t>
   </si>
   <si>
-    <t>OXI Coral</t>
+    <t>OXI Coral Black</t>
   </si>
   <si>
     <t>OXI E16</t>
   </si>
   <si>
+    <t>OXI Meta</t>
+  </si>
+  <si>
+    <t>OXI Meta Black</t>
+  </si>
+  <si>
     <t>OXI One</t>
   </si>
   <si>
+    <t>OXI One MKII Black Edition</t>
+  </si>
+  <si>
+    <t>OXI One MKII Nostalgia</t>
+  </si>
+  <si>
     <t>OXI Pipe MK2 + HDMI CABLE</t>
   </si>
   <si>
+    <t>OXI Split 2 + TRS CABLE</t>
+  </si>
+  <si>
     <t>PMC 6</t>
   </si>
   <si>
     <t>PMC 6-2</t>
   </si>
   <si>
-    <t>28.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>PMC 8 SUB</t>
   </si>
   <si>
     <t>PMC 8-2</t>
   </si>
   <si>
     <t>PMC 8-2 SUB-L</t>
   </si>
   <si>
     <t>PMC 8-2 SUB-R</t>
   </si>
   <si>
     <t>PMC Result 6</t>
   </si>
   <si>
+    <t>PMC STAND</t>
+  </si>
+  <si>
     <t>Prism Sound Atlas</t>
   </si>
   <si>
     <t>Prism Sound LYRA-2</t>
   </si>
   <si>
     <t>Prism Sound Titan</t>
   </si>
   <si>
-    <t>PSI Audio A23-M White</t>
-[...8 lines deleted...]
-    <t>PSI AUDIO AVAA C20 Graphite Black</t>
+    <t>PSI AUDIO A17-M Studio Red</t>
+  </si>
+  <si>
+    <t>20.03.2026</t>
+  </si>
+  <si>
+    <t>PSI AUDIO A23-M Studio Red</t>
+  </si>
+  <si>
+    <t>PSI AUDIO AVAA C214</t>
+  </si>
+  <si>
+    <t>PSI Audio AVAA C214 White</t>
+  </si>
+  <si>
+    <t>Rhodes Additional Smoked Hood for MK8</t>
   </si>
   <si>
     <t>Rhodes MK8 Nicolas Dixon Special Edition - Moon Boogie</t>
   </si>
   <si>
     <t>Rupert Neve Designs 5025 Dual Shelford Mic Pre</t>
   </si>
   <si>
+    <t>Rupert Neve Designs 5035 Shelford Channel</t>
+  </si>
+  <si>
+    <t>Rupert Neve Designs 5045 Primary Source Enhancer</t>
+  </si>
+  <si>
+    <t>Rupert Neve Designs 5057 Orbit 16 x 2 Summing Mixer</t>
+  </si>
+  <si>
     <t>Rupert Neve Designs 511 Mic Pre</t>
   </si>
   <si>
+    <t>Rupert Neve Designs 517 Mic Pre / DI / Compressor</t>
+  </si>
+  <si>
+    <t>Rupert Neve Designs 542 Tape Emulator</t>
+  </si>
+  <si>
     <t>Rupert Neve Designs Master Bus Transformer</t>
   </si>
   <si>
     <t>Rupert Neve Designs Newton Channel</t>
   </si>
   <si>
     <t>Rupert Neve Designs R6 Six Space 500 Series Rack</t>
   </si>
   <si>
+    <t>Rupert Neve Designs RNDI Active Transformer Direct Interface</t>
+  </si>
+  <si>
     <t>Rupert Neve Designs RNDI-8</t>
   </si>
   <si>
     <t>Rupert Neve Designs RNDI-M</t>
   </si>
   <si>
     <t>Rupert Neve Designs RNDI-S Stereo Active Transformer Direct Interface</t>
   </si>
   <si>
     <t>Rupert Neve Designs RNHP Precision Headphone Amplifier</t>
   </si>
   <si>
+    <t>Rupert Neve Designs The Color Bundle (R6 Rack + 542 + 542)</t>
+  </si>
+  <si>
     <t>Strandberg Boden Bass Standard 4 Charcoal</t>
   </si>
   <si>
+    <t>Strandberg Boden Bass standard 5 Charcoal</t>
+  </si>
+  <si>
+    <t>Strandberg Boden Classic NX 6 Tremolo Black Rosewood</t>
+  </si>
+  <si>
     <t>Strandberg Boden Essential 6 Astro Dust</t>
   </si>
   <si>
     <t>Strandberg Boden Essential 6 Black Granite</t>
   </si>
   <si>
     <t>Strandberg Boden Essential 6 Coral Pink</t>
   </si>
   <si>
     <t>Strandberg Boden Essential 6 Future Dusk</t>
   </si>
   <si>
     <t>Strandberg Boden Metal NX 6 Black Granite</t>
   </si>
   <si>
-    <t>Strandberg Boden Metal NX 7 Black Granite</t>
+    <t>Strandberg Boden Metal NX 8 Black Granite</t>
+  </si>
+  <si>
+    <t>06.03.2026</t>
+  </si>
+  <si>
+    <t>Strandberg Boden New Product Date unknown</t>
+  </si>
+  <si>
+    <t>Strandberg Boden Original N2.6 Black Denim Burst Satin</t>
   </si>
   <si>
     <t>Strandberg Boden Original N2.6 Sunset Coral Burst Satin</t>
   </si>
   <si>
     <t>Strandberg Boden Original N2.7 Black Denim Burst Satin</t>
   </si>
   <si>
     <t>Strandberg Boden Original N2.8 Black Denim Burst Satin</t>
   </si>
   <si>
     <t>Strandberg Boden Original N2.8 Sunset Coral Burst Satin</t>
   </si>
   <si>
     <t>Strandberg Boden Prog NX 6 Deep Blue</t>
   </si>
   <si>
+    <t>Strandberg Boden Prog NX 6 Plini Edition</t>
+  </si>
+  <si>
     <t>Strandberg Boden Prog NX 7 Deep Blue</t>
   </si>
   <si>
     <t>Strandberg Boden Singularity NX 7 Pitch Black</t>
   </si>
   <si>
+    <t>Strandberg Boden Standard N2.6 Black Satin Metallic</t>
+  </si>
+  <si>
+    <t>Strandberg Boden Standard N2.6 Transformative Teal Metallic</t>
+  </si>
+  <si>
     <t>Strandberg Boden Standard N2.8 Black Satin Metallic</t>
   </si>
   <si>
     <t>Strandberg Boden Standard N2.8 Transformative Teal Metallic</t>
   </si>
   <si>
     <t>Strandberg Boden Standard NX 6 Charcoal</t>
   </si>
   <si>
     <t>Strandberg Boden Standard NX 6 Plini Edition Mirage</t>
   </si>
   <si>
     <t>Strandberg parts .strandberg* Collapsible Guitar Stand</t>
   </si>
   <si>
     <t>Strandberg parts .strandberg* Optimized Tension 7-String Set (x5)</t>
   </si>
   <si>
+    <t>Strandberg parts .strandberg* Wall Hanger (incl. slat wall mount)</t>
+  </si>
+  <si>
+    <t>Strandberg parts Guitar tuner Knob Rev5</t>
+  </si>
+  <si>
     <t>Strandberg parts Guitar Tuner Rev7 Baseplate Narrow Black</t>
   </si>
   <si>
     <t>Strandberg parts Optimized Tension 7-String (1 Set)</t>
   </si>
   <si>
     <t>Strandberg parts Replacement nut for 6-string</t>
   </si>
   <si>
     <t>Strandberg parts Replacement nut for 8-string</t>
   </si>
   <si>
     <t>Strandberg parts Saddle Screw Rev7</t>
   </si>
   <si>
     <t>Strandberg parts String Lock Locking Screw M6x8 (10 pcs)</t>
   </si>
   <si>
     <t>Strandberg parts Teflon Washer Guitar (10 pcs)</t>
   </si>
   <si>
     <t>Strandberg Sälen Jazz NX 6 Black</t>
   </si>
   <si>
     <t>Torso Electronics S-4</t>
   </si>
   <si>
     <t>Torso Electronics S-4 carry case</t>
   </si>
   <si>
     <t>Torso Electronics S-4 cover</t>
   </si>
   <si>
-    <t>Torso Electronics S-4 White</t>
-[...4 lines deleted...]
-  <si>
     <t>Torso Electronics T-1 carry case</t>
   </si>
   <si>
     <t>Torso Electronics T-1 cover</t>
   </si>
   <si>
     <t>Torso Electronics T-1 white</t>
   </si>
   <si>
     <t>Two Notes Reload II Loadbox &amp; Attenuator</t>
   </si>
   <si>
-    <t>Two Notes Torpedo Captor - 16 Ohm</t>
-[...2 lines deleted...]
-    <t>Two Notes Torpedo Captor - 8 ohm</t>
+    <t>Two Notes Torpedo Captor X - 8 Ohm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -770,1837 +851,2288 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F121"/>
+  <dimension ref="A1:F156"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" activePane="bottomLeft" state="frozen" topLeftCell="A2"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="70" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="17" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
         <v>53031</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
-      <c r="C2">
-        <v>1.0</v>
+      <c r="D2">
+        <v>2.0</v>
       </c>
       <c r="F2">
         <v>3222.0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
         <v>53030</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="F3">
         <v>3222.0</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>53032</v>
+        <v>53466</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
-      <c r="C4">
+      <c r="D4">
         <v>1.0</v>
       </c>
       <c r="F4">
         <v>1590.0</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
-        <v>53029</v>
+        <v>53032</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5">
-        <v>2.0</v>
+        <v>1.0</v>
+      </c>
+      <c r="D5">
+        <v>1.0</v>
       </c>
       <c r="F5">
-        <v>1555.0</v>
+        <v>1590.0</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
-        <v>42287</v>
+        <v>53029</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
       <c r="C6">
         <v>2.0</v>
       </c>
       <c r="F6">
-        <v>1590.0</v>
+        <v>1555.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
-        <v>42288</v>
+        <v>42287</v>
       </c>
       <c r="B7" t="s">
         <v>11</v>
       </c>
-      <c r="C7">
-        <v>2.0</v>
+      <c r="D7">
+        <v>1.0</v>
       </c>
       <c r="F7">
-        <v>1499.0</v>
+        <v>1590.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
-        <v>14914</v>
+        <v>42288</v>
       </c>
       <c r="B8" t="s">
         <v>12</v>
       </c>
       <c r="C8">
         <v>2.0</v>
       </c>
       <c r="F8">
-        <v>6899.0</v>
+        <v>1498.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>51582</v>
+        <v>38717</v>
       </c>
       <c r="B9" t="s">
         <v>13</v>
       </c>
-      <c r="C9">
+      <c r="D9">
         <v>1.0</v>
       </c>
       <c r="F9">
-        <v>4190.0</v>
+        <v>7550.0</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>14913</v>
+        <v>48035</v>
       </c>
       <c r="B10" t="s">
         <v>14</v>
       </c>
-      <c r="C10">
+      <c r="D10">
         <v>1.0</v>
       </c>
       <c r="F10">
-        <v>7666.0</v>
+        <v>5300.0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
-        <v>54008</v>
+        <v>14914</v>
       </c>
       <c r="B11" t="s">
         <v>15</v>
       </c>
       <c r="C11">
-        <v>9.0</v>
+        <v>3.0</v>
       </c>
       <c r="F11">
-        <v>3999.0</v>
+        <v>6899.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
-        <v>54835</v>
+        <v>51582</v>
       </c>
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12">
-        <v>3.0</v>
-[...2 lines deleted...]
-        <v>6.0</v>
+        <v>2.0</v>
       </c>
       <c r="F12">
-        <v>3849.0</v>
+        <v>4699.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
-        <v>50446</v>
+        <v>14913</v>
       </c>
       <c r="B13" t="s">
         <v>17</v>
       </c>
       <c r="C13">
-        <v>2.0</v>
+        <v>1.0</v>
+      </c>
+      <c r="D13">
+        <v>1.0</v>
       </c>
       <c r="F13">
-        <v>168.0</v>
+        <v>7690.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
-        <v>40018</v>
+        <v>14923</v>
       </c>
       <c r="B14" t="s">
         <v>18</v>
       </c>
       <c r="C14">
-        <v>3.0</v>
-[...1 lines deleted...]
-      <c r="D14">
         <v>1.0</v>
       </c>
       <c r="F14">
-        <v>1210.0</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
-        <v>14920</v>
+        <v>14926</v>
       </c>
       <c r="B15" t="s">
         <v>19</v>
       </c>
       <c r="C15">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="F15">
-        <v>1260.0</v>
+        <v>69.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
-        <v>42743</v>
+        <v>54008</v>
       </c>
       <c r="B16" t="s">
         <v>20</v>
       </c>
       <c r="C16">
-        <v>2.0</v>
+        <v>9.0</v>
+      </c>
+      <c r="D16">
+        <v>1.0</v>
       </c>
       <c r="F16">
-        <v>6990.0</v>
+        <v>3999.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
-        <v>14931</v>
+        <v>54835</v>
       </c>
       <c r="B17" t="s">
         <v>21</v>
       </c>
+      <c r="C17">
+        <v>8.0</v>
+      </c>
       <c r="D17">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="F17">
-        <v>229.0</v>
+        <v>4099.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
-        <v>14933</v>
+        <v>50446</v>
       </c>
       <c r="B18" t="s">
         <v>22</v>
       </c>
       <c r="C18">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="F18">
-        <v>238.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
-        <v>58251</v>
+        <v>40018</v>
       </c>
       <c r="B19" t="s">
         <v>23</v>
       </c>
-      <c r="C19">
-        <v>3.0</v>
+      <c r="D19">
+        <v>4.0</v>
       </c>
       <c r="F19">
-        <v>235.0</v>
+        <v>1222.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
-        <v>47203</v>
+        <v>14920</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="F20">
-        <v>4222.0</v>
+        <v>1277.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
-        <v>58213</v>
+        <v>42743</v>
       </c>
       <c r="B21" t="s">
         <v>25</v>
       </c>
       <c r="C21">
-        <v>6.0</v>
-[...2 lines deleted...]
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
       <c r="F21">
-        <v>5299.0</v>
+        <v>6899.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
-        <v>14924</v>
+        <v>14921</v>
       </c>
       <c r="B22" t="s">
         <v>26</v>
       </c>
       <c r="C22">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="F22">
-        <v>73.0</v>
+        <v>249.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
-        <v>58489</v>
+        <v>14931</v>
       </c>
       <c r="B23" t="s">
         <v>27</v>
       </c>
-      <c r="C23">
+      <c r="D23">
         <v>3.0</v>
       </c>
       <c r="F23">
-        <v>1359.0</v>
+        <v>269.0</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
-        <v>985</v>
+        <v>14932</v>
       </c>
       <c r="B24" t="s">
         <v>28</v>
       </c>
-      <c r="C24">
+      <c r="D24">
         <v>1.0</v>
       </c>
       <c r="F24">
-        <v>2045.0</v>
+        <v>269.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
-        <v>2307</v>
+        <v>14933</v>
       </c>
       <c r="B25" t="s">
         <v>29</v>
       </c>
       <c r="C25">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="F25">
-        <v>2990.0</v>
+        <v>238.0</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
-        <v>40909</v>
+        <v>58251</v>
       </c>
       <c r="B26" t="s">
         <v>30</v>
       </c>
       <c r="C26">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="F26">
-        <v>4247.0</v>
+        <v>235.0</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
-        <v>40910</v>
+        <v>47203</v>
       </c>
       <c r="B27" t="s">
         <v>31</v>
       </c>
-      <c r="D27">
-        <v>3.0</v>
+      <c r="C27">
+        <v>5.0</v>
       </c>
       <c r="F27">
-        <v>5050.0</v>
+        <v>4222.0</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
-        <v>54041</v>
+        <v>58213</v>
       </c>
       <c r="B28" t="s">
         <v>32</v>
       </c>
       <c r="C28">
-        <v>1.0</v>
-[...2 lines deleted...]
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="F28">
-        <v>4090.0</v>
+        <v>5299.0</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
-        <v>54444</v>
+        <v>14924</v>
       </c>
       <c r="B29" t="s">
         <v>33</v>
       </c>
       <c r="C29">
         <v>1.0</v>
       </c>
       <c r="F29">
-        <v>5999.0</v>
+        <v>73.0</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
-        <v>56888</v>
+        <v>58489</v>
       </c>
       <c r="B30" t="s">
         <v>34</v>
       </c>
       <c r="C30">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="F30">
-        <v>3199.0</v>
+        <v>1577.0</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
-        <v>56887</v>
+        <v>2307</v>
       </c>
       <c r="B31" t="s">
         <v>35</v>
       </c>
       <c r="C31">
         <v>1.0</v>
       </c>
       <c r="F31">
-        <v>1009.0</v>
+        <v>3009.0</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
-        <v>45841</v>
+        <v>981</v>
       </c>
       <c r="B32" t="s">
         <v>36</v>
       </c>
-      <c r="D32">
-[...3 lines deleted...]
-        <v>37</v>
+      <c r="C32">
+        <v>1.0</v>
       </c>
       <c r="F32">
-        <v>7599.0</v>
+        <v>3499.0</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
-        <v>58517</v>
+        <v>40910</v>
       </c>
       <c r="B33" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C33">
         <v>1.0</v>
       </c>
-      <c r="D33">
-[...4 lines deleted...]
-      </c>
       <c r="F33">
-        <v>8190.0</v>
+        <v>5111.0</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
-        <v>69</v>
+        <v>40911</v>
       </c>
       <c r="B34" t="s">
-        <v>39</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="C34">
+        <v>1.0</v>
       </c>
       <c r="F34">
-        <v>1135.0</v>
+        <v>3799.0</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
-        <v>57108</v>
+        <v>54444</v>
       </c>
       <c r="B35" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C35">
         <v>1.0</v>
       </c>
       <c r="F35">
-        <v>1761.0</v>
+        <v>5999.0</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
-        <v>54655</v>
+        <v>53739</v>
       </c>
       <c r="B36" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C36">
         <v>1.0</v>
       </c>
-      <c r="D36">
-[...4 lines deleted...]
-      </c>
       <c r="F36">
-        <v>1299.0</v>
+        <v>14777.0</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
-        <v>54656</v>
+        <v>56888</v>
       </c>
       <c r="B37" t="s">
-        <v>42</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>41</v>
+      </c>
+      <c r="C37">
+        <v>2.0</v>
       </c>
       <c r="F37">
-        <v>1323.0</v>
+        <v>3199.0</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
-        <v>14948</v>
+        <v>56887</v>
       </c>
       <c r="B38" t="s">
-        <v>43</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>42</v>
+      </c>
+      <c r="C38">
+        <v>1.0</v>
       </c>
       <c r="F38">
-        <v>1497.0</v>
+        <v>1019.0</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
-        <v>39471</v>
+        <v>58517</v>
       </c>
       <c r="B39" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C39">
         <v>2.0</v>
       </c>
-      <c r="D39">
-[...4 lines deleted...]
-      </c>
       <c r="F39">
-        <v>1490.0</v>
+        <v>8199.0</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
-        <v>58055</v>
+        <v>69</v>
       </c>
       <c r="B40" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C40">
         <v>1.0</v>
       </c>
       <c r="F40">
-        <v>8299.0</v>
+        <v>1135.0</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
-        <v>42530</v>
+        <v>54655</v>
       </c>
       <c r="B41" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>6.0</v>
+        <v>45</v>
+      </c>
+      <c r="C41">
+        <v>2.0</v>
       </c>
       <c r="F41">
-        <v>890.0</v>
+        <v>1390.0</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
-        <v>47581</v>
+        <v>54656</v>
       </c>
       <c r="B42" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="D42">
+        <v>46</v>
+      </c>
+      <c r="C42">
         <v>1.0</v>
       </c>
       <c r="F42">
-        <v>8000.0</v>
+        <v>1390.0</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
-        <v>50686</v>
+        <v>14948</v>
       </c>
       <c r="B43" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D43">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="F43">
-        <v>193.0</v>
+        <v>1629.0</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
-        <v>53609</v>
+        <v>39471</v>
       </c>
       <c r="B44" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="D44">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="F44">
-        <v>2790.0</v>
+        <v>1519.0</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
-        <v>42517</v>
+        <v>42530</v>
       </c>
       <c r="B45" t="s">
-        <v>50</v>
+        <v>49</v>
+      </c>
+      <c r="C45">
+        <v>2.0</v>
       </c>
       <c r="D45">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="F45">
-        <v>6900.0</v>
+        <v>799.0</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
-        <v>55775</v>
+        <v>53343</v>
       </c>
       <c r="B46" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>4.0</v>
+        <v>50</v>
+      </c>
+      <c r="C46">
+        <v>1.0</v>
       </c>
       <c r="F46">
-        <v>899.0</v>
+        <v>8299.0</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47">
-        <v>51175</v>
+        <v>47581</v>
       </c>
       <c r="B47" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D47">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="F47">
-        <v>13900.0</v>
+        <v>8000.0</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48">
-        <v>54852</v>
+        <v>50686</v>
       </c>
       <c r="B48" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="D48">
         <v>1.0</v>
       </c>
-      <c r="E48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F48">
-        <v>8081.0</v>
+        <v>193.0</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
-        <v>58279</v>
+        <v>53609</v>
       </c>
       <c r="B49" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C49">
         <v>1.0</v>
       </c>
+      <c r="D49">
+        <v>1.0</v>
+      </c>
       <c r="F49">
-        <v>5102.0</v>
+        <v>2790.0</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
-        <v>54397</v>
+        <v>51177</v>
       </c>
       <c r="B50" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C50">
         <v>1.0</v>
       </c>
       <c r="F50">
-        <v>3555.0</v>
+        <v>2499.0</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
-        <v>28251</v>
+        <v>42517</v>
       </c>
       <c r="B51" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D51">
         <v>1.0</v>
       </c>
       <c r="F51">
-        <v>25190.0</v>
+        <v>6900.0</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
-        <v>53633</v>
+        <v>55775</v>
       </c>
       <c r="B52" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C52">
         <v>1.0</v>
       </c>
+      <c r="D52">
+        <v>1.0</v>
+      </c>
       <c r="F52">
-        <v>14425.0</v>
+        <v>833.0</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
-        <v>55756</v>
+        <v>51175</v>
       </c>
       <c r="B53" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C53">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="F53">
-        <v>12390.0</v>
+        <v>7499.0</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
-        <v>55793</v>
+        <v>54852</v>
       </c>
       <c r="B54" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C54">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="F54">
-        <v>3031.0</v>
+        <v>7899.0</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55">
-        <v>55808</v>
+        <v>58279</v>
       </c>
       <c r="B55" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C55">
         <v>1.0</v>
       </c>
       <c r="F55">
-        <v>748.0</v>
+        <v>5099.0</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56">
-        <v>54064</v>
+        <v>54397</v>
       </c>
       <c r="B56" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C56">
         <v>1.0</v>
       </c>
       <c r="F56">
-        <v>1599.0</v>
+        <v>3499.0</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57">
-        <v>58576</v>
+        <v>28251</v>
       </c>
       <c r="B57" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C57">
-        <v>10.0</v>
+        <v>1.0</v>
+      </c>
+      <c r="D57">
+        <v>2.0</v>
       </c>
       <c r="F57">
-        <v>1890.0</v>
+        <v>25190.0</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58">
-        <v>54056</v>
+        <v>44500</v>
       </c>
       <c r="B58" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C58">
+        <v>62</v>
+      </c>
+      <c r="D58">
         <v>1.0</v>
       </c>
       <c r="F58">
-        <v>3199.0</v>
+        <v>4099.0</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
-        <v>57340</v>
+        <v>52276</v>
       </c>
       <c r="B59" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="C59">
+        <v>63</v>
+      </c>
+      <c r="D59">
         <v>1.0</v>
       </c>
       <c r="F59">
-        <v>559.0</v>
+        <v>5399.0</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
-        <v>50921</v>
+        <v>53633</v>
       </c>
       <c r="B60" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C60">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="F60">
-        <v>26790.0</v>
+        <v>14245.0</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
-        <v>50911</v>
+        <v>55756</v>
       </c>
       <c r="B61" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C61">
-        <v>1.0</v>
-[...1 lines deleted...]
-      <c r="D61">
         <v>3.0</v>
       </c>
-      <c r="E61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F61">
-        <v>46399.0</v>
+        <v>12390.0</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
-        <v>50905</v>
+        <v>55793</v>
       </c>
       <c r="B62" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="C62">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="F62">
-        <v>14790.0</v>
+        <v>3029.0</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
-        <v>50914</v>
+        <v>55808</v>
       </c>
       <c r="B63" t="s">
-        <v>70</v>
-[...5 lines deleted...]
-        <v>68</v>
+        <v>67</v>
+      </c>
+      <c r="C63">
+        <v>1.0</v>
       </c>
       <c r="F63">
-        <v>84900.0</v>
+        <v>748.0</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64">
-        <v>50898</v>
+        <v>58577</v>
       </c>
       <c r="B64" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="C64">
         <v>1.0</v>
       </c>
       <c r="F64">
-        <v>24380.0</v>
+        <v>1599.0</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
-        <v>50925</v>
+        <v>58576</v>
       </c>
       <c r="B65" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="C65">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="F65">
-        <v>24380.0</v>
+        <v>1877.0</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66">
-        <v>50934</v>
+        <v>57339</v>
       </c>
       <c r="B66" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="C66">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="F66">
-        <v>10890.0</v>
+        <v>1698.0</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67">
-        <v>27119</v>
+        <v>58579</v>
       </c>
       <c r="B67" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C67">
         <v>1.0</v>
       </c>
       <c r="F67">
-        <v>16690.0</v>
+        <v>1698.0</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68">
-        <v>27117</v>
+        <v>54056</v>
       </c>
       <c r="B68" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="C68">
         <v>1.0</v>
       </c>
-      <c r="D68">
-[...4 lines deleted...]
-      </c>
       <c r="F68">
-        <v>9039.0</v>
+        <v>3199.0</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
-        <v>27118</v>
+        <v>57265</v>
       </c>
       <c r="B69" t="s">
-        <v>76</v>
-[...5 lines deleted...]
-        <v>68</v>
+        <v>73</v>
+      </c>
+      <c r="C69">
+        <v>7.0</v>
       </c>
       <c r="F69">
-        <v>15990.0</v>
+        <v>3799.0</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
-        <v>55946</v>
+        <v>57266</v>
       </c>
       <c r="B70" t="s">
-        <v>77</v>
-[...5 lines deleted...]
-        <v>78</v>
+        <v>74</v>
+      </c>
+      <c r="C70">
+        <v>6.0</v>
       </c>
       <c r="F70">
-        <v>22294.0</v>
+        <v>3666.0</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71">
-        <v>43481</v>
+        <v>57340</v>
       </c>
       <c r="B71" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="C71">
         <v>1.0</v>
       </c>
       <c r="F71">
-        <v>12090.0</v>
+        <v>559.0</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72">
-        <v>43480</v>
+        <v>57341</v>
       </c>
       <c r="B72" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="C72">
         <v>1.0</v>
       </c>
       <c r="F72">
-        <v>12090.0</v>
+        <v>289.0</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73">
-        <v>55249</v>
+        <v>50921</v>
       </c>
       <c r="B73" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="C73">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="F73">
-        <v>74809.0</v>
+        <v>26690.0</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74">
-        <v>45776</v>
+        <v>50911</v>
       </c>
       <c r="B74" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="C74">
         <v>1.0</v>
       </c>
       <c r="F74">
-        <v>17490.0</v>
+        <v>49500.0</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75">
-        <v>23084</v>
+        <v>50905</v>
       </c>
       <c r="B75" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="C75">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="F75">
-        <v>3219.0</v>
+        <v>14790.0</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76">
-        <v>52899</v>
+        <v>50914</v>
       </c>
       <c r="B76" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="C76">
         <v>1.0</v>
       </c>
       <c r="F76">
-        <v>17888.0</v>
+        <v>84900.0</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77">
-        <v>51654</v>
+        <v>50898</v>
       </c>
       <c r="B77" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="C77">
+        <v>81</v>
+      </c>
+      <c r="D77">
         <v>1.0</v>
       </c>
       <c r="F77">
-        <v>8899.0</v>
+        <v>24380.0</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78">
-        <v>23085</v>
+        <v>50925</v>
       </c>
       <c r="B78" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="C78">
+        <v>82</v>
+      </c>
+      <c r="D78">
         <v>1.0</v>
       </c>
       <c r="F78">
-        <v>3167.0</v>
+        <v>24380.0</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79">
-        <v>51767</v>
+        <v>50934</v>
       </c>
       <c r="B79" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="C79">
-        <v>1.0</v>
+        <v>9.0</v>
       </c>
       <c r="F79">
-        <v>9097.0</v>
+        <v>10790.0</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80">
-        <v>56852</v>
+        <v>54023</v>
       </c>
       <c r="B80" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>4.0</v>
+        <v>84</v>
+      </c>
+      <c r="D80">
+        <v>2.0</v>
       </c>
       <c r="F80">
-        <v>953.0</v>
+        <v>5540.0</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81">
-        <v>40380</v>
+        <v>27119</v>
       </c>
       <c r="B81" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="C81">
         <v>1.0</v>
       </c>
       <c r="F81">
-        <v>2664.0</v>
+        <v>19190.0</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82">
-        <v>23086</v>
+        <v>27117</v>
       </c>
       <c r="B82" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="C82">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="F82">
-        <v>3097.0</v>
+        <v>10390.0</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83">
-        <v>55602</v>
+        <v>27118</v>
       </c>
       <c r="B83" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="C83">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="F83">
-        <v>10090.0</v>
+        <v>15990.0</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84">
-        <v>53748</v>
+        <v>43461</v>
       </c>
       <c r="B84" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="C84">
+        <v>88</v>
+      </c>
+      <c r="D84">
         <v>2.0</v>
       </c>
+      <c r="E84" t="s">
+        <v>89</v>
+      </c>
       <c r="F84">
-        <v>5222.0</v>
+        <v>8799.0</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85">
-        <v>53749</v>
+        <v>43467</v>
       </c>
       <c r="B85" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="C85">
-        <v>13.0</v>
+        <v>2.0</v>
       </c>
       <c r="F85">
-        <v>4990.0</v>
+        <v>20990.0</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86">
-        <v>57122</v>
+        <v>54292</v>
       </c>
       <c r="B86" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>17.0</v>
+        <v>91</v>
+      </c>
+      <c r="D86">
+        <v>1.0</v>
+      </c>
+      <c r="E86" t="s">
+        <v>89</v>
       </c>
       <c r="F86">
-        <v>4990.0</v>
+        <v>14333.0</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87">
-        <v>54592</v>
+        <v>55985</v>
       </c>
       <c r="B87" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>22.0</v>
+        <v>92</v>
+      </c>
+      <c r="D87">
+        <v>2.0</v>
+      </c>
+      <c r="E87" t="s">
+        <v>89</v>
       </c>
       <c r="F87">
-        <v>4990.0</v>
+        <v>14333.0</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88">
-        <v>45571</v>
+        <v>57932</v>
       </c>
       <c r="B88" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="C88">
         <v>1.0</v>
       </c>
       <c r="F88">
-        <v>8900.0</v>
+        <v>834.0</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89">
-        <v>45572</v>
+        <v>55249</v>
       </c>
       <c r="B89" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="C89">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="F89">
-        <v>7034.0</v>
+        <v>74809.0</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90">
-        <v>57112</v>
+        <v>45776</v>
       </c>
       <c r="B90" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="D90">
+        <v>95</v>
+      </c>
+      <c r="C90">
         <v>1.0</v>
       </c>
       <c r="F90">
-        <v>11490.0</v>
+        <v>17490.0</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91">
-        <v>57119</v>
+        <v>28608</v>
       </c>
       <c r="B91" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>2.0</v>
+        <v>96</v>
+      </c>
+      <c r="D91">
+        <v>1.0</v>
       </c>
       <c r="F91">
-        <v>11790.0</v>
+        <v>18190.0</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92">
-        <v>57121</v>
+        <v>10883</v>
       </c>
       <c r="B92" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="D92">
         <v>1.0</v>
       </c>
       <c r="F92">
-        <v>12290.0</v>
+        <v>9999.0</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93">
-        <v>57123</v>
+        <v>42796</v>
       </c>
       <c r="B93" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>3.0</v>
+        <v>98</v>
+      </c>
+      <c r="D93">
+        <v>1.0</v>
       </c>
       <c r="F93">
-        <v>11790.0</v>
+        <v>8297.0</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94">
-        <v>55601</v>
+        <v>23084</v>
       </c>
       <c r="B94" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>2.0</v>
+        <v>99</v>
+      </c>
+      <c r="D94">
+        <v>1.0</v>
       </c>
       <c r="F94">
-        <v>10690.0</v>
+        <v>3699.0</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95">
-        <v>55600</v>
+        <v>10895</v>
       </c>
       <c r="B95" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>1.0</v>
+        <v>100</v>
       </c>
       <c r="D95">
         <v>1.0</v>
       </c>
       <c r="F95">
-        <v>11190.0</v>
+        <v>4190.0</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96">
-        <v>58325</v>
+        <v>10897</v>
       </c>
       <c r="B96" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="C96">
+        <v>101</v>
+      </c>
+      <c r="D96">
         <v>1.0</v>
       </c>
       <c r="F96">
-        <v>13290.0</v>
+        <v>4388.0</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97">
-        <v>57115</v>
+        <v>52899</v>
       </c>
       <c r="B97" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="C97">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="F97">
-        <v>8890.0</v>
+        <v>17988.0</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98">
-        <v>57113</v>
+        <v>51654</v>
       </c>
       <c r="B98" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>3.0</v>
+        <v>103</v>
+      </c>
+      <c r="D98">
+        <v>1.0</v>
       </c>
       <c r="F98">
-        <v>6149.0</v>
+        <v>8899.0</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99">
-        <v>51025</v>
+        <v>23085</v>
       </c>
       <c r="B99" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="C99">
         <v>1.0</v>
       </c>
       <c r="F99">
-        <v>7222.0</v>
+        <v>3178.0</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100">
-        <v>55759</v>
+        <v>14369</v>
       </c>
       <c r="B100" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>2.0</v>
+        <v>105</v>
+      </c>
+      <c r="D100">
+        <v>1.0</v>
       </c>
       <c r="F100">
-        <v>7705.0</v>
+        <v>1666.0</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101">
-        <v>30504</v>
+        <v>51767</v>
       </c>
       <c r="B101" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>10.0</v>
+        <v>106</v>
+      </c>
+      <c r="C101">
+        <v>1.0</v>
       </c>
       <c r="F101">
-        <v>298.0</v>
+        <v>9199.0</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102">
-        <v>31877</v>
+        <v>56852</v>
       </c>
       <c r="B102" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="C102">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="F102">
-        <v>258.0</v>
+        <v>959.0</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103">
-        <v>54247</v>
+        <v>40380</v>
       </c>
       <c r="B103" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="C103">
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
       <c r="F103">
-        <v>45.0</v>
+        <v>2666.0</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104">
-        <v>54147</v>
+        <v>23086</v>
       </c>
       <c r="B104" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="C104">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="F104">
-        <v>42.0</v>
+        <v>3099.0</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105">
-        <v>39135</v>
+        <v>54742</v>
       </c>
       <c r="B105" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="C105">
+        <v>110</v>
+      </c>
+      <c r="D105">
         <v>1.0</v>
       </c>
       <c r="F105">
-        <v>44.0</v>
+        <v>9610.0</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106">
-        <v>39136</v>
+        <v>55602</v>
       </c>
       <c r="B106" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="D106">
+        <v>111</v>
+      </c>
+      <c r="C106">
         <v>1.0</v>
       </c>
       <c r="F106">
-        <v>44.0</v>
+        <v>10090.0</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107">
-        <v>54251</v>
+        <v>54595</v>
       </c>
       <c r="B107" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="C107">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="F107">
-        <v>17.0</v>
+        <v>10666.0</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108">
-        <v>48322</v>
+        <v>53508</v>
       </c>
       <c r="B108" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="C108">
+        <v>113</v>
+      </c>
+      <c r="D108">
         <v>1.0</v>
       </c>
       <c r="F108">
-        <v>25.0</v>
+        <v>7599.0</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109">
-        <v>37182</v>
+        <v>53748</v>
       </c>
       <c r="B109" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>4.0</v>
+        <v>114</v>
+      </c>
+      <c r="C109">
+        <v>1.0</v>
       </c>
       <c r="F109">
-        <v>26.0</v>
+        <v>5222.0</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110">
-        <v>54598</v>
+        <v>53749</v>
       </c>
       <c r="B110" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="C110">
-        <v>1.0</v>
+        <v>14.0</v>
       </c>
       <c r="F110">
-        <v>10990.0</v>
+        <v>4990.0</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111">
-        <v>54065</v>
+        <v>57122</v>
       </c>
       <c r="B111" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C111">
-        <v>11.0</v>
+        <v>13.0</v>
       </c>
       <c r="F111">
-        <v>3490.0</v>
+        <v>4999.0</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112">
-        <v>54193</v>
+        <v>54592</v>
       </c>
       <c r="B112" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>2.0</v>
+        <v>117</v>
+      </c>
+      <c r="C112">
+        <v>21.0</v>
       </c>
       <c r="F112">
-        <v>249.0</v>
+        <v>4990.0</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113">
-        <v>54063</v>
+        <v>45571</v>
       </c>
       <c r="B113" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>2.0</v>
+        <v>118</v>
+      </c>
+      <c r="C113">
+        <v>1.0</v>
       </c>
       <c r="F113">
-        <v>249.0</v>
+        <v>8900.0</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114">
-        <v>58192</v>
+        <v>45573</v>
       </c>
       <c r="B114" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="C114">
         <v>3.0</v>
       </c>
+      <c r="D114">
+        <v>1.0</v>
+      </c>
+      <c r="E114" t="s">
+        <v>120</v>
+      </c>
       <c r="F114">
-        <v>3499.0</v>
+        <v>10890.0</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115">
-        <v>54054</v>
+        <v>59035</v>
       </c>
       <c r="B115" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>2290.0</v>
+        <v>121</v>
+      </c>
+      <c r="D115">
+        <v>2.0</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116">
-        <v>54053</v>
+        <v>59040</v>
       </c>
       <c r="B116" t="s">
-        <v>124</v>
-[...5 lines deleted...]
-        <v>249.0</v>
+        <v>121</v>
+      </c>
+      <c r="D116">
+        <v>3.0</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117">
-        <v>54061</v>
+        <v>59039</v>
       </c>
       <c r="B117" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>1.0</v>
+        <v>121</v>
       </c>
       <c r="D117">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="F117">
-        <v>249.0</v>
+        <v>7055.0</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118">
-        <v>54062</v>
+        <v>59036</v>
       </c>
       <c r="B118" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="D118">
         <v>2.0</v>
       </c>
-      <c r="F118">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119">
-        <v>58067</v>
+        <v>59038</v>
       </c>
       <c r="B119" t="s">
-        <v>127</v>
-[...5 lines deleted...]
-        <v>4199.0</v>
+        <v>121</v>
+      </c>
+      <c r="D119">
+        <v>2.0</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120">
-        <v>44401</v>
+        <v>59034</v>
       </c>
       <c r="B120" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="C120">
+        <v>121</v>
+      </c>
+      <c r="D120">
         <v>2.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>879.0</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121">
-        <v>37100</v>
+        <v>59037</v>
       </c>
       <c r="B121" t="s">
+        <v>121</v>
+      </c>
+      <c r="D121">
+        <v>3.0</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6">
+      <c r="A122">
+        <v>57111</v>
+      </c>
+      <c r="B122" t="s">
+        <v>122</v>
+      </c>
+      <c r="D122">
+        <v>4.0</v>
+      </c>
+      <c r="F122">
+        <v>11390.0</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6">
+      <c r="A123">
+        <v>57112</v>
+      </c>
+      <c r="B123" t="s">
+        <v>123</v>
+      </c>
+      <c r="C123">
+        <v>1.0</v>
+      </c>
+      <c r="F123">
+        <v>11390.0</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6">
+      <c r="A124">
+        <v>57119</v>
+      </c>
+      <c r="B124" t="s">
+        <v>124</v>
+      </c>
+      <c r="C124">
+        <v>2.0</v>
+      </c>
+      <c r="F124">
+        <v>11390.0</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6">
+      <c r="A125">
+        <v>57121</v>
+      </c>
+      <c r="B125" t="s">
+        <v>125</v>
+      </c>
+      <c r="C125">
+        <v>1.0</v>
+      </c>
+      <c r="F125">
+        <v>11790.0</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6">
+      <c r="A126">
+        <v>57123</v>
+      </c>
+      <c r="B126" t="s">
+        <v>126</v>
+      </c>
+      <c r="C126">
+        <v>3.0</v>
+      </c>
+      <c r="F126">
+        <v>11790.0</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6">
+      <c r="A127">
+        <v>55601</v>
+      </c>
+      <c r="B127" t="s">
+        <v>127</v>
+      </c>
+      <c r="C127">
+        <v>2.0</v>
+      </c>
+      <c r="F127">
+        <v>10690.0</v>
+      </c>
+    </row>
+    <row r="128" spans="1:6">
+      <c r="A128">
+        <v>46895</v>
+      </c>
+      <c r="B128" t="s">
+        <v>128</v>
+      </c>
+      <c r="D128">
+        <v>1.0</v>
+      </c>
+      <c r="F128">
+        <v>12555.0</v>
+      </c>
+    </row>
+    <row r="129" spans="1:6">
+      <c r="A129">
+        <v>55600</v>
+      </c>
+      <c r="B129" t="s">
         <v>129</v>
       </c>
-      <c r="C121">
-[...3 lines deleted...]
-        <v>835.0</v>
+      <c r="C129">
+        <v>1.0</v>
+      </c>
+      <c r="F129">
+        <v>10990.0</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6">
+      <c r="A130">
+        <v>58325</v>
+      </c>
+      <c r="B130" t="s">
+        <v>130</v>
+      </c>
+      <c r="C130">
+        <v>1.0</v>
+      </c>
+      <c r="F130">
+        <v>13290.0</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6">
+      <c r="A131">
+        <v>57114</v>
+      </c>
+      <c r="B131" t="s">
+        <v>131</v>
+      </c>
+      <c r="C131">
+        <v>1.0</v>
+      </c>
+      <c r="D131">
+        <v>3.0</v>
+      </c>
+      <c r="E131" t="s">
+        <v>120</v>
+      </c>
+      <c r="F131">
+        <v>8332.0</v>
+      </c>
+    </row>
+    <row r="132" spans="1:6">
+      <c r="A132">
+        <v>57116</v>
+      </c>
+      <c r="B132" t="s">
+        <v>132</v>
+      </c>
+      <c r="C132">
+        <v>1.0</v>
+      </c>
+      <c r="D132">
+        <v>4.0</v>
+      </c>
+      <c r="E132" t="s">
+        <v>120</v>
+      </c>
+      <c r="F132">
+        <v>8332.0</v>
+      </c>
+    </row>
+    <row r="133" spans="1:6">
+      <c r="A133">
+        <v>57115</v>
+      </c>
+      <c r="B133" t="s">
+        <v>133</v>
+      </c>
+      <c r="C133">
+        <v>4.0</v>
+      </c>
+      <c r="F133">
+        <v>8799.0</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6">
+      <c r="A134">
+        <v>57113</v>
+      </c>
+      <c r="B134" t="s">
+        <v>134</v>
+      </c>
+      <c r="C134">
+        <v>5.0</v>
+      </c>
+      <c r="F134">
+        <v>8799.0</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6">
+      <c r="A135">
+        <v>51025</v>
+      </c>
+      <c r="B135" t="s">
+        <v>135</v>
+      </c>
+      <c r="C135">
+        <v>1.0</v>
+      </c>
+      <c r="F135">
+        <v>7222.0</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6">
+      <c r="A136">
+        <v>55759</v>
+      </c>
+      <c r="B136" t="s">
+        <v>136</v>
+      </c>
+      <c r="C136">
+        <v>2.0</v>
+      </c>
+      <c r="F136">
+        <v>7705.0</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6">
+      <c r="A137">
+        <v>30504</v>
+      </c>
+      <c r="B137" t="s">
+        <v>137</v>
+      </c>
+      <c r="C137">
+        <v>9.0</v>
+      </c>
+      <c r="F137">
+        <v>298.0</v>
+      </c>
+    </row>
+    <row r="138" spans="1:6">
+      <c r="A138">
+        <v>31877</v>
+      </c>
+      <c r="B138" t="s">
+        <v>138</v>
+      </c>
+      <c r="C138">
+        <v>4.0</v>
+      </c>
+      <c r="F138">
+        <v>258.0</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6">
+      <c r="A139">
+        <v>34344</v>
+      </c>
+      <c r="B139" t="s">
+        <v>139</v>
+      </c>
+      <c r="C139">
+        <v>10.0</v>
+      </c>
+      <c r="F139">
+        <v>299.0</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6">
+      <c r="A140">
+        <v>37183</v>
+      </c>
+      <c r="B140" t="s">
+        <v>140</v>
+      </c>
+      <c r="C140">
+        <v>450.0</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6">
+      <c r="A141">
+        <v>54247</v>
+      </c>
+      <c r="B141" t="s">
+        <v>141</v>
+      </c>
+      <c r="C141">
+        <v>6.0</v>
+      </c>
+      <c r="F141">
+        <v>45.0</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6">
+      <c r="A142">
+        <v>54147</v>
+      </c>
+      <c r="B142" t="s">
+        <v>142</v>
+      </c>
+      <c r="C142">
+        <v>5.0</v>
+      </c>
+      <c r="F142">
+        <v>42.0</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6">
+      <c r="A143">
+        <v>39135</v>
+      </c>
+      <c r="B143" t="s">
+        <v>143</v>
+      </c>
+      <c r="C143">
+        <v>1.0</v>
+      </c>
+      <c r="F143">
+        <v>44.0</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6">
+      <c r="A144">
+        <v>39136</v>
+      </c>
+      <c r="B144" t="s">
+        <v>144</v>
+      </c>
+      <c r="D144">
+        <v>1.0</v>
+      </c>
+      <c r="F144">
+        <v>44.0</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6">
+      <c r="A145">
+        <v>54251</v>
+      </c>
+      <c r="B145" t="s">
+        <v>145</v>
+      </c>
+      <c r="C145">
+        <v>3.0</v>
+      </c>
+      <c r="F145">
+        <v>17.0</v>
+      </c>
+    </row>
+    <row r="146" spans="1:6">
+      <c r="A146">
+        <v>48322</v>
+      </c>
+      <c r="B146" t="s">
+        <v>146</v>
+      </c>
+      <c r="C146">
+        <v>1.0</v>
+      </c>
+      <c r="F146">
+        <v>25.0</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6">
+      <c r="A147">
+        <v>37182</v>
+      </c>
+      <c r="B147" t="s">
+        <v>147</v>
+      </c>
+      <c r="C147">
+        <v>1.0</v>
+      </c>
+      <c r="D147">
+        <v>4.0</v>
+      </c>
+      <c r="F147">
+        <v>26.0</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6">
+      <c r="A148">
+        <v>54598</v>
+      </c>
+      <c r="B148" t="s">
+        <v>148</v>
+      </c>
+      <c r="C148">
+        <v>1.0</v>
+      </c>
+      <c r="F148">
+        <v>10990.0</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6">
+      <c r="A149">
+        <v>54065</v>
+      </c>
+      <c r="B149" t="s">
+        <v>149</v>
+      </c>
+      <c r="C149">
+        <v>10.0</v>
+      </c>
+      <c r="F149">
+        <v>3499.0</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6">
+      <c r="A150">
+        <v>54193</v>
+      </c>
+      <c r="B150" t="s">
+        <v>150</v>
+      </c>
+      <c r="C150">
+        <v>3.0</v>
+      </c>
+      <c r="F150">
+        <v>249.0</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6">
+      <c r="A151">
+        <v>54063</v>
+      </c>
+      <c r="B151" t="s">
+        <v>151</v>
+      </c>
+      <c r="C151">
+        <v>2.0</v>
+      </c>
+      <c r="F151">
+        <v>249.0</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6">
+      <c r="A152">
+        <v>54053</v>
+      </c>
+      <c r="B152" t="s">
+        <v>152</v>
+      </c>
+      <c r="C152">
+        <v>2.0</v>
+      </c>
+      <c r="F152">
+        <v>249.0</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6">
+      <c r="A153">
+        <v>54061</v>
+      </c>
+      <c r="B153" t="s">
+        <v>153</v>
+      </c>
+      <c r="C153">
+        <v>2.0</v>
+      </c>
+      <c r="F153">
+        <v>249.0</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6">
+      <c r="A154">
+        <v>54062</v>
+      </c>
+      <c r="B154" t="s">
+        <v>154</v>
+      </c>
+      <c r="C154">
+        <v>2.0</v>
+      </c>
+      <c r="F154">
+        <v>2539.0</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6">
+      <c r="A155">
+        <v>58067</v>
+      </c>
+      <c r="B155" t="s">
+        <v>155</v>
+      </c>
+      <c r="C155">
+        <v>1.0</v>
+      </c>
+      <c r="F155">
+        <v>4222.0</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6">
+      <c r="A156">
+        <v>40059</v>
+      </c>
+      <c r="B156" t="s">
+        <v>156</v>
+      </c>
+      <c r="C156">
+        <v>1.0</v>
+      </c>
+      <c r="F156">
+        <v>1916.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>